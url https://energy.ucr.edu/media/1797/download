--- v0 (2025-10-14)
+++ v1 (2026-01-02)
@@ -3,81 +3,81 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="64" documentId="14_{7E4A39B0-3640-473D-B3DE-591B2C79ECD7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2F6B98FC-D737-48CE-84E2-12AE3FE4085C}"/>
+  <xr:revisionPtr revIDLastSave="72" documentId="14_{7E4A39B0-3640-473D-B3DE-591B2C79ECD7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9BCD8F8A-FCA7-4D00-9AE5-833DA73C6100}"/>
   <bookViews>
-    <workbookView xWindow="31335" yWindow="630" windowWidth="23745" windowHeight="13575" xr2:uid="{77311EDA-1FD4-4F2F-BA1B-58430347281C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{77311EDA-1FD4-4F2F-BA1B-58430347281C}"/>
   </bookViews>
   <sheets>
     <sheet name="2025 Cleaning Schedule" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="781" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="231">
   <si>
     <t>Building / Location</t>
   </si>
   <si>
     <t>Common Areas
 (Hallways, Elevators, Lobbies)</t>
   </si>
   <si>
     <t>Computer Labs</t>
   </si>
   <si>
     <t>Conference Rooms</t>
   </si>
   <si>
     <t>Kitchens &amp; Breakrooms</t>
   </si>
   <si>
     <t>Laboratories
 (General Cleaning)</t>
   </si>
   <si>
     <t>Laboratories
 (Trash Removal)</t>
   </si>
   <si>
@@ -782,50 +782,53 @@
     <t>1420 Iowa Avenue 2nd Floor</t>
   </si>
   <si>
     <t>Planning, Design &amp; Construction</t>
   </si>
   <si>
     <t>Facilities Services Annex B</t>
   </si>
   <si>
     <t xml:space="preserve">Batchelor Hall </t>
   </si>
   <si>
     <t>Batchelor Hall 1st floor</t>
   </si>
   <si>
     <t>Batchelor Hall 2nd floor</t>
   </si>
   <si>
     <t>Keen Hall</t>
   </si>
   <si>
     <t>Keen Hall 1st floor</t>
   </si>
   <si>
     <t>Keen Hall 2nd floor</t>
+  </si>
+  <si>
+    <t>Orbach Science Library 3rd floor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Roboto"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1022,101 +1025,107 @@
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFB0BEC5"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
@@ -1515,54 +1524,54 @@
     <mruColors>
       <color rgb="FF003DA5"/>
       <color rgb="FFFFB81C"/>
       <color rgb="FF329AF0"/>
       <color rgb="FFB0BEC5"/>
       <color rgb="FFE9ECEF"/>
       <color rgb="FF455A64"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A5CB9CA7-8E94-4C90-B06F-D8330360D6D7}" name="Table2" displayName="Table2" ref="A6:I207" totalsRowShown="0" headerRowDxfId="12" dataDxfId="10" headerRowBorderDxfId="11" tableBorderDxfId="9">
-[...2 lines deleted...]
-    <sortCondition ref="A6:A207"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A5CB9CA7-8E94-4C90-B06F-D8330360D6D7}" name="Table2" displayName="Table2" ref="A6:I208" totalsRowShown="0" headerRowDxfId="12" dataDxfId="10" headerRowBorderDxfId="11" tableBorderDxfId="9">
+  <autoFilter ref="A6:I208" xr:uid="{A5CB9CA7-8E94-4C90-B06F-D8330360D6D7}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:I208">
+    <sortCondition ref="A6:A208"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{7748F552-889A-4990-85A2-D18D7C6E7FEB}" name="Building / Location" dataDxfId="8"/>
     <tableColumn id="2" xr3:uid="{CF463F0C-892B-441F-BCD4-9A47C3311F75}" name="Common Areas_x000a_(Hallways, Elevators, Lobbies)" dataDxfId="7"/>
     <tableColumn id="3" xr3:uid="{624A5EA4-43D7-4A7C-BFE7-840606B67FB4}" name="Computer Labs" dataDxfId="6"/>
     <tableColumn id="4" xr3:uid="{69D897A2-984D-42B6-8BD0-C4AF79EA231B}" name="Conference Rooms" dataDxfId="5"/>
     <tableColumn id="5" xr3:uid="{661E28AF-4D72-4766-844F-A47D7580625C}" name="Kitchens &amp; Breakrooms" dataDxfId="4"/>
     <tableColumn id="6" xr3:uid="{449D0E7B-7C74-4D7E-BC07-AF1E055C792C}" name="Laboratories_x000a_(General Cleaning)" dataDxfId="3"/>
     <tableColumn id="7" xr3:uid="{785F8A40-77B6-4955-BE37-4DF73AFF49B8}" name="Laboratories_x000a_(Trash Removal)" dataDxfId="2"/>
     <tableColumn id="8" xr3:uid="{FC3A6CC4-92E0-46D4-A5F7-BE7B922148C7}" name="Offices" dataDxfId="1"/>
     <tableColumn id="9" xr3:uid="{19F47090-51AD-4D4B-9B64-971E326174BB}" name="Study Areas" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight4" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1839,55 +1848,55 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01818E2C-77C6-4AD9-A2A0-64B7AAD55129}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J207"/>
+  <dimension ref="A1:J208"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
+      <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="22.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="27.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="21" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="15.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
@@ -4175,1607 +4184,1607 @@
         <v>13</v>
       </c>
       <c r="I125" s="9"/>
     </row>
     <row r="126" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A126" s="18" t="s">
         <v>118</v>
       </c>
       <c r="B126" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="8"/>
       <c r="D126" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>10</v>
       </c>
       <c r="F126" s="8" t="s">
         <v>10</v>
       </c>
       <c r="G126" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H126" s="8"/>
-      <c r="I126" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I126" s="9"/>
     </row>
     <row r="127" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A127" s="18" t="s">
         <v>120</v>
       </c>
       <c r="B127" s="8"/>
       <c r="C127" s="8"/>
       <c r="D127" s="8"/>
       <c r="E127" s="8"/>
       <c r="F127" s="8"/>
       <c r="G127" s="8"/>
       <c r="H127" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="I127" s="9"/>
+      <c r="I127" s="9" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="128" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A128" s="18" t="s">
         <v>121</v>
       </c>
       <c r="B128" s="8"/>
       <c r="C128" s="8"/>
       <c r="D128" s="8"/>
       <c r="E128" s="8"/>
       <c r="F128" s="8"/>
       <c r="G128" s="8"/>
       <c r="H128" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="I128" s="9"/>
+      <c r="I128" s="9" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="129" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A129" s="18" t="s">
-        <v>119</v>
-[...10 lines deleted...]
-      <c r="I129" s="9"/>
+        <v>230</v>
+      </c>
+      <c r="B129" s="19"/>
+      <c r="C129" s="19"/>
+      <c r="D129" s="19"/>
+      <c r="E129" s="19"/>
+      <c r="F129" s="19"/>
+      <c r="G129" s="19"/>
+      <c r="H129" s="19"/>
+      <c r="I129" s="20" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="130" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A130" s="18" t="s">
-        <v>122</v>
-[...9 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="B130" s="8"/>
+      <c r="C130" s="8"/>
+      <c r="D130" s="8"/>
       <c r="E130" s="8"/>
       <c r="F130" s="8"/>
       <c r="G130" s="8"/>
-      <c r="H130" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H130" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I130" s="9"/>
     </row>
     <row r="131" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A131" s="18" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      <c r="D131" s="8"/>
+        <v>122</v>
+      </c>
+      <c r="B131" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D131" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="E131" s="8"/>
-      <c r="F131" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I131" s="9"/>
+      <c r="F131" s="8"/>
+      <c r="G131" s="8"/>
+      <c r="H131" s="8"/>
+      <c r="I131" s="9" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="132" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B132" s="8"/>
       <c r="C132" s="8"/>
       <c r="D132" s="8"/>
       <c r="E132" s="8"/>
       <c r="F132" s="8" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G132" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H132" s="8" t="s">
         <v>21</v>
       </c>
       <c r="I132" s="9"/>
     </row>
     <row r="133" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A133" s="18" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B133" s="8"/>
       <c r="C133" s="8"/>
       <c r="D133" s="8"/>
       <c r="E133" s="8"/>
       <c r="F133" s="8" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G133" s="8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="H133" s="8" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="I133" s="9"/>
     </row>
     <row r="134" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A134" s="18" t="s">
-        <v>126</v>
-[...18 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="B134" s="8"/>
+      <c r="C134" s="8"/>
+      <c r="D134" s="8"/>
+      <c r="E134" s="8"/>
+      <c r="F134" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H134" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I134" s="9"/>
     </row>
     <row r="135" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A135" s="18" t="s">
-        <v>128</v>
-[...14 lines deleted...]
-      <c r="I135" s="9"/>
+        <v>126</v>
+      </c>
+      <c r="B135" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C135" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D135" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E135" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F135" s="8"/>
+      <c r="G135" s="8"/>
+      <c r="H135" s="8"/>
+      <c r="I135" s="9" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="136" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A136" s="18" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B136" s="8"/>
       <c r="C136" s="8"/>
       <c r="D136" s="8"/>
       <c r="E136" s="8"/>
       <c r="F136" s="8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G136" s="8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H136" s="8" t="s">
         <v>11</v>
       </c>
       <c r="I136" s="9"/>
     </row>
     <row r="137" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A137" s="18" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B137" s="8"/>
       <c r="C137" s="8"/>
       <c r="D137" s="8"/>
       <c r="E137" s="8"/>
       <c r="F137" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="8" t="s">
         <v>10</v>
       </c>
       <c r="H137" s="8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="I137" s="9"/>
     </row>
     <row r="138" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A138" s="18" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B138" s="8"/>
       <c r="C138" s="8"/>
       <c r="D138" s="8"/>
       <c r="E138" s="8"/>
       <c r="F138" s="8" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="G138" s="8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H138" s="8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I138" s="9"/>
     </row>
     <row r="139" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A139" s="18" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="B139" s="8"/>
       <c r="C139" s="8"/>
-      <c r="D139" s="8" t="s">
-[...6 lines deleted...]
-      <c r="G139" s="8"/>
+      <c r="D139" s="8"/>
+      <c r="E139" s="8"/>
+      <c r="F139" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="H139" s="8" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="I139" s="9"/>
     </row>
     <row r="140" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A140" s="18" t="s">
-        <v>222</v>
+        <v>207</v>
       </c>
       <c r="B140" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C140" s="8"/>
       <c r="D140" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E140" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="F140" s="8"/>
       <c r="G140" s="8"/>
       <c r="H140" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="I140" s="9"/>
     </row>
     <row r="141" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A141" s="18" t="s">
-        <v>131</v>
+        <v>222</v>
       </c>
       <c r="B141" s="8" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C141" s="8"/>
-      <c r="D141" s="8"/>
+      <c r="D141" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="E141" s="8" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="F141" s="8"/>
+      <c r="G141" s="8"/>
       <c r="H141" s="8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I141" s="9"/>
     </row>
     <row r="142" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="18" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B142" s="8" t="s">
-        <v>114</v>
+        <v>21</v>
       </c>
       <c r="C142" s="8"/>
-      <c r="D142" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D142" s="8"/>
       <c r="E142" s="8" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G142" s="8"/>
+        <v>15</v>
+      </c>
+      <c r="F142" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G142" s="8" t="s">
+        <v>89</v>
+      </c>
       <c r="H142" s="8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I142" s="9"/>
     </row>
     <row r="143" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="18" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B143" s="8" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="C143" s="8"/>
       <c r="D143" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="F143" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F143" s="8"/>
+      <c r="G143" s="8"/>
       <c r="H143" s="8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="I143" s="9"/>
     </row>
     <row r="144" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A144" s="18" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="B144" s="8"/>
+        <v>133</v>
+      </c>
+      <c r="B144" s="8" t="s">
+        <v>21</v>
+      </c>
       <c r="C144" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D144" s="8" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="H144" s="8"/>
+        <v>15</v>
+      </c>
+      <c r="E144" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F144" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G144" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H144" s="8" t="s">
+        <v>15</v>
+      </c>
       <c r="I144" s="9"/>
     </row>
     <row r="145" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A145" s="18" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-      <c r="D145" s="8"/>
+        <v>134</v>
+      </c>
+      <c r="B145" s="8"/>
+      <c r="C145" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D145" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="E145" s="8"/>
       <c r="F145" s="8"/>
       <c r="G145" s="8"/>
-      <c r="H145" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H145" s="8"/>
+      <c r="I145" s="9"/>
     </row>
     <row r="146" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A146" s="18" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B146" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="8"/>
       <c r="D146" s="8"/>
       <c r="E146" s="8"/>
       <c r="F146" s="8"/>
       <c r="G146" s="8"/>
       <c r="H146" s="8" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="I146" s="9" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
     </row>
     <row r="147" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A147" s="18" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B147" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="8"/>
       <c r="D147" s="8"/>
       <c r="E147" s="8"/>
       <c r="F147" s="8"/>
       <c r="G147" s="8"/>
-      <c r="H147" s="8"/>
+      <c r="H147" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="I147" s="9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A148" s="18" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B148" s="8" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C148" s="8"/>
       <c r="D148" s="8"/>
       <c r="E148" s="8"/>
       <c r="F148" s="8"/>
       <c r="G148" s="8"/>
-      <c r="H148" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I148" s="9"/>
+      <c r="H148" s="8"/>
+      <c r="I148" s="9" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="149" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A149" s="18" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B149" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C149" s="8"/>
       <c r="D149" s="8"/>
       <c r="E149" s="8"/>
       <c r="F149" s="8"/>
       <c r="G149" s="8"/>
       <c r="H149" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="I149" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I149" s="9"/>
     </row>
     <row r="150" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A150" s="18" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B150" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="8"/>
-      <c r="D150" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D150" s="8"/>
       <c r="E150" s="8"/>
       <c r="F150" s="8"/>
       <c r="G150" s="8"/>
       <c r="H150" s="8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="I150" s="9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="151" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A151" s="18" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="B151" s="8"/>
+        <v>140</v>
+      </c>
+      <c r="B151" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="C151" s="8"/>
       <c r="D151" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="8"/>
-      <c r="F151" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F151" s="8"/>
+      <c r="G151" s="8"/>
       <c r="H151" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="I151" s="9"/>
+      <c r="I151" s="9" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="152" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A152" s="18" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B152" s="8"/>
       <c r="C152" s="8"/>
-      <c r="D152" s="8"/>
+      <c r="D152" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="E152" s="8"/>
-      <c r="F152" s="8"/>
-      <c r="G152" s="8"/>
+      <c r="F152" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="H152" s="8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I152" s="9"/>
     </row>
     <row r="153" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A153" s="18" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="B153" s="8"/>
       <c r="C153" s="8"/>
-      <c r="D153" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D153" s="8"/>
+      <c r="E153" s="8"/>
       <c r="F153" s="8"/>
       <c r="G153" s="8"/>
       <c r="H153" s="8" t="s">
         <v>15</v>
       </c>
       <c r="I153" s="9"/>
     </row>
     <row r="154" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A154" s="18" t="s">
-        <v>216</v>
+        <v>143</v>
       </c>
       <c r="B154" s="8" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="C154" s="8"/>
       <c r="D154" s="8" t="s">
-        <v>189</v>
+        <v>15</v>
       </c>
       <c r="E154" s="8" t="s">
-        <v>189</v>
+        <v>15</v>
       </c>
       <c r="F154" s="8"/>
       <c r="G154" s="8"/>
       <c r="H154" s="8" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="I154" s="9"/>
     </row>
     <row r="155" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="18" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B155" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="D155" s="8"/>
+        <v>189</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="D155" s="8" t="s">
+        <v>189</v>
+      </c>
       <c r="E155" s="8" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        <v>14</v>
+        <v>189</v>
+      </c>
+      <c r="F155" s="8"/>
+      <c r="G155" s="8"/>
+      <c r="H155" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="I155" s="8" t="s">
+        <v>189</v>
       </c>
     </row>
     <row r="156" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A156" s="18" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="B156" s="8"/>
+        <v>211</v>
+      </c>
+      <c r="B156" s="8" t="s">
+        <v>15</v>
+      </c>
       <c r="C156" s="8"/>
-      <c r="D156" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I156" s="9"/>
+      <c r="D156" s="8"/>
+      <c r="E156" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="F156" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G156" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H156" s="8"/>
+      <c r="I156" s="9" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="157" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A157" s="18" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B157" s="8"/>
       <c r="C157" s="8"/>
       <c r="D157" s="8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E157" s="8"/>
       <c r="F157" s="8"/>
       <c r="G157" s="8"/>
       <c r="H157" s="8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I157" s="9"/>
     </row>
     <row r="158" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A158" s="18" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B158" s="8"/>
       <c r="C158" s="8"/>
       <c r="D158" s="8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E158" s="8"/>
       <c r="F158" s="8"/>
       <c r="G158" s="8"/>
       <c r="H158" s="8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I158" s="9"/>
     </row>
     <row r="159" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A159" s="18" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="B159" s="8"/>
       <c r="C159" s="8"/>
       <c r="D159" s="8" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="E159" s="8"/>
       <c r="F159" s="8"/>
       <c r="G159" s="8"/>
       <c r="H159" s="8" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="I159" s="9"/>
     </row>
     <row r="160" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A160" s="18" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="B160" s="8"/>
+        <v>210</v>
+      </c>
+      <c r="B160" s="8" t="s">
+        <v>189</v>
+      </c>
       <c r="C160" s="8"/>
       <c r="D160" s="8" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="E160" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="F160" s="8"/>
+      <c r="G160" s="8"/>
       <c r="H160" s="8" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="I160" s="9"/>
+        <v>189</v>
+      </c>
+      <c r="I160" s="9" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="161" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A161" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B161" s="8"/>
       <c r="C161" s="8"/>
       <c r="D161" s="8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E161" s="8"/>
       <c r="F161" s="8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G161" s="8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H161" s="8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I161" s="9"/>
     </row>
     <row r="162" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A162" s="18" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B162" s="8"/>
       <c r="C162" s="8"/>
       <c r="D162" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="8"/>
       <c r="F162" s="8" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="G162" s="8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H162" s="8" t="s">
         <v>15</v>
       </c>
       <c r="I162" s="9"/>
     </row>
     <row r="163" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A163" s="18" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="B163" s="8"/>
       <c r="C163" s="8"/>
-      <c r="D163" s="8"/>
-[...5 lines deleted...]
-      <c r="H163" s="8"/>
+      <c r="D163" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="8"/>
+      <c r="F163" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H163" s="8" t="s">
+        <v>15</v>
+      </c>
       <c r="I163" s="9"/>
     </row>
     <row r="164" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A164" s="18" t="s">
-        <v>190</v>
+        <v>144</v>
       </c>
       <c r="B164" s="8" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C164" s="8"/>
-      <c r="D164" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="8"/>
+      <c r="D164" s="8"/>
+      <c r="E164" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="F164" s="8"/>
       <c r="G164" s="8"/>
-      <c r="H164" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H164" s="8"/>
+      <c r="I164" s="9"/>
     </row>
     <row r="165" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A165" s="18" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="B165" s="8"/>
+        <v>190</v>
+      </c>
+      <c r="B165" s="8" t="s">
+        <v>21</v>
+      </c>
       <c r="C165" s="8"/>
-      <c r="D165" s="8"/>
+      <c r="D165" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="E165" s="8"/>
-      <c r="F165" s="8" t="s">
-[...6 lines deleted...]
-      <c r="I165" s="9"/>
+      <c r="F165" s="8"/>
+      <c r="G165" s="8"/>
+      <c r="H165" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I165" s="9" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="166" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A166" s="18" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B166" s="8"/>
       <c r="C166" s="8"/>
       <c r="D166" s="8"/>
       <c r="E166" s="8"/>
       <c r="F166" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G166" s="8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H166" s="8"/>
       <c r="I166" s="9"/>
     </row>
     <row r="167" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A167" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B167" s="8"/>
       <c r="C167" s="8"/>
       <c r="D167" s="8"/>
       <c r="E167" s="8"/>
       <c r="F167" s="8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G167" s="8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H167" s="8"/>
       <c r="I167" s="9"/>
     </row>
     <row r="168" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A168" s="18" t="s">
-        <v>151</v>
-[...6 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="B168" s="8"/>
+      <c r="C168" s="8"/>
       <c r="D168" s="8"/>
-      <c r="E168" s="8" t="s">
-[...3 lines deleted...]
-      <c r="G168" s="8"/>
+      <c r="E168" s="8"/>
+      <c r="F168" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G168" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="H168" s="8"/>
-      <c r="I168" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I168" s="9"/>
     </row>
     <row r="169" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A169" s="18" t="s">
-        <v>153</v>
-[...6 lines deleted...]
-      <c r="E169" s="8"/>
+        <v>151</v>
+      </c>
+      <c r="B169" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C169" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D169" s="8"/>
+      <c r="E169" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="F169" s="8"/>
       <c r="G169" s="8"/>
-      <c r="H169" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H169" s="8"/>
       <c r="I169" s="9" t="s">
-        <v>89</v>
+        <v>152</v>
       </c>
     </row>
     <row r="170" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A170" s="18" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B170" s="8"/>
       <c r="C170" s="8"/>
       <c r="D170" s="8" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="E170" s="8"/>
       <c r="F170" s="8"/>
       <c r="G170" s="8"/>
       <c r="H170" s="8" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="I170" s="9"/>
+        <v>14</v>
+      </c>
+      <c r="I170" s="9" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="171" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A171" s="18" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B171" s="8"/>
       <c r="C171" s="8"/>
       <c r="D171" s="8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E171" s="8"/>
       <c r="F171" s="8"/>
       <c r="G171" s="8"/>
       <c r="H171" s="8" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="I171" s="9"/>
     </row>
     <row r="172" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A172" s="18" t="s">
-        <v>196</v>
+        <v>155</v>
       </c>
       <c r="B172" s="8"/>
       <c r="C172" s="8"/>
-      <c r="D172" s="8"/>
+      <c r="D172" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="E172" s="8"/>
-      <c r="F172" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F172" s="8"/>
+      <c r="G172" s="8"/>
       <c r="H172" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="I172" s="9"/>
+      <c r="I172" s="9" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="173" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A173" s="18" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="B173" s="8"/>
       <c r="C173" s="8"/>
-      <c r="D173" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D173" s="8"/>
       <c r="E173" s="8"/>
-      <c r="F173" s="8"/>
+      <c r="F173" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="G173" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="H173" s="8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="I173" s="9"/>
     </row>
     <row r="174" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A174" s="18" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="B174" s="8"/>
+        <v>156</v>
+      </c>
+      <c r="B174" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="C174" s="8"/>
-      <c r="D174" s="8"/>
+      <c r="D174" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="E174" s="8"/>
-      <c r="F174" s="8" t="s">
-[...3 lines deleted...]
-      <c r="H174" s="8"/>
+      <c r="F174" s="8"/>
+      <c r="G174" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H174" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="I174" s="9"/>
     </row>
     <row r="175" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A175" s="18" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B175" s="8"/>
       <c r="C175" s="8"/>
       <c r="D175" s="8"/>
       <c r="E175" s="8"/>
       <c r="F175" s="8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G175" s="8"/>
       <c r="H175" s="8"/>
       <c r="I175" s="9"/>
     </row>
     <row r="176" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A176" s="18" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B176" s="8"/>
       <c r="C176" s="8"/>
       <c r="D176" s="8"/>
       <c r="E176" s="8"/>
       <c r="F176" s="8" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G176" s="8"/>
       <c r="H176" s="8"/>
       <c r="I176" s="9"/>
     </row>
     <row r="177" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A177" s="18" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B177" s="8"/>
       <c r="C177" s="8"/>
       <c r="D177" s="8"/>
       <c r="E177" s="8"/>
       <c r="F177" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G177" s="8"/>
       <c r="H177" s="8"/>
       <c r="I177" s="9"/>
     </row>
     <row r="178" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A178" s="18" t="s">
-        <v>161</v>
-[...9 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="B178" s="8"/>
+      <c r="C178" s="8"/>
+      <c r="D178" s="8"/>
       <c r="E178" s="8"/>
       <c r="F178" s="8" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G178" s="8"/>
       <c r="H178" s="8"/>
-      <c r="I178" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I178" s="9"/>
     </row>
     <row r="179" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A179" s="18" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      <c r="D179" s="8"/>
+        <v>161</v>
+      </c>
+      <c r="B179" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D179" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="E179" s="8"/>
-      <c r="F179" s="8"/>
-[...4 lines deleted...]
-      <c r="I179" s="9"/>
+      <c r="F179" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G179" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H179" s="8"/>
+      <c r="I179" s="9" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="180" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A180" s="18" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B180" s="8"/>
       <c r="C180" s="8"/>
       <c r="D180" s="8"/>
       <c r="E180" s="8"/>
       <c r="F180" s="8"/>
       <c r="G180" s="8"/>
       <c r="H180" s="8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I180" s="9"/>
     </row>
     <row r="181" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A181" s="18" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B181" s="8"/>
       <c r="C181" s="8"/>
       <c r="D181" s="8"/>
       <c r="E181" s="8"/>
       <c r="F181" s="8"/>
       <c r="G181" s="8"/>
       <c r="H181" s="8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I181" s="9"/>
     </row>
     <row r="182" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A182" s="18" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B182" s="8"/>
       <c r="C182" s="8"/>
       <c r="D182" s="8"/>
       <c r="E182" s="8"/>
       <c r="F182" s="8"/>
       <c r="G182" s="8"/>
       <c r="H182" s="8" t="s">
         <v>15</v>
       </c>
       <c r="I182" s="9"/>
     </row>
     <row r="183" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A183" s="18" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="B183" s="8"/>
       <c r="C183" s="8"/>
-      <c r="D183" s="8" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D183" s="8"/>
+      <c r="E183" s="8"/>
+      <c r="F183" s="8"/>
+      <c r="G183" s="8"/>
       <c r="H183" s="8" t="s">
-        <v>88</v>
+        <v>15</v>
       </c>
       <c r="I183" s="9"/>
     </row>
     <row r="184" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A184" s="18" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B184" s="8" t="s">
-        <v>189</v>
+        <v>88</v>
       </c>
       <c r="C184" s="8"/>
       <c r="D184" s="8" t="s">
-        <v>189</v>
+        <v>88</v>
       </c>
       <c r="E184" s="8" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="G184" s="8"/>
+        <v>88</v>
+      </c>
+      <c r="F184" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="G184" s="8" t="s">
+        <v>88</v>
+      </c>
       <c r="H184" s="8" t="s">
-        <v>189</v>
+        <v>88</v>
       </c>
       <c r="I184" s="9"/>
     </row>
     <row r="185" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A185" s="18" t="s">
-        <v>166</v>
+        <v>209</v>
       </c>
       <c r="B185" s="8" t="s">
-        <v>10</v>
+        <v>189</v>
       </c>
       <c r="C185" s="8"/>
-      <c r="D185" s="8"/>
+      <c r="D185" s="8" t="s">
+        <v>189</v>
+      </c>
       <c r="E185" s="8" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="F185" s="8"/>
       <c r="G185" s="8"/>
-      <c r="H185" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H185" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="I185" s="9"/>
     </row>
     <row r="186" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A186" s="18" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="B186" s="8"/>
+        <v>166</v>
+      </c>
+      <c r="B186" s="8" t="s">
+        <v>10</v>
+      </c>
       <c r="C186" s="8"/>
-      <c r="D186" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="8"/>
+      <c r="D186" s="8"/>
+      <c r="E186" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="F186" s="8"/>
       <c r="G186" s="8"/>
-      <c r="H186" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I186" s="9"/>
+      <c r="H186" s="8"/>
+      <c r="I186" s="9" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="187" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A187" s="18" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B187" s="8"/>
       <c r="C187" s="8"/>
       <c r="D187" s="8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E187" s="8"/>
       <c r="F187" s="8"/>
       <c r="G187" s="8"/>
       <c r="H187" s="8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I187" s="9"/>
     </row>
     <row r="188" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A188" s="18" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B188" s="8"/>
       <c r="C188" s="8"/>
       <c r="D188" s="8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E188" s="8"/>
       <c r="F188" s="8"/>
       <c r="G188" s="8"/>
       <c r="H188" s="8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I188" s="9"/>
     </row>
     <row r="189" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A189" s="18" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B189" s="8"/>
       <c r="C189" s="8"/>
       <c r="D189" s="8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E189" s="8"/>
       <c r="F189" s="8"/>
       <c r="G189" s="8"/>
       <c r="H189" s="8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="I189" s="9"/>
     </row>
     <row r="190" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A190" s="18" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B190" s="8"/>
       <c r="C190" s="8"/>
-      <c r="D190" s="8"/>
+      <c r="D190" s="8" t="s">
+        <v>15</v>
+      </c>
       <c r="E190" s="8"/>
       <c r="F190" s="8"/>
       <c r="G190" s="8"/>
-      <c r="H190" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H190" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I190" s="9"/>
     </row>
     <row r="191" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A191" s="18" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B191" s="8"/>
       <c r="C191" s="8"/>
       <c r="D191" s="8"/>
       <c r="E191" s="8"/>
       <c r="F191" s="8"/>
       <c r="G191" s="8"/>
       <c r="H191" s="8"/>
       <c r="I191" s="9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="192" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A192" s="18" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B192" s="8"/>
       <c r="C192" s="8"/>
       <c r="D192" s="8"/>
       <c r="E192" s="8"/>
       <c r="F192" s="8"/>
       <c r="G192" s="8"/>
       <c r="H192" s="8"/>
       <c r="I192" s="9" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="193" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="18" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="B193" s="8"/>
       <c r="C193" s="8"/>
-      <c r="D193" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D193" s="8"/>
+      <c r="E193" s="8"/>
       <c r="F193" s="8"/>
       <c r="G193" s="8"/>
-      <c r="H193" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I193" s="9"/>
+      <c r="H193" s="8"/>
+      <c r="I193" s="9" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="194" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="18" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B194" s="8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C194" s="8"/>
       <c r="D194" s="8" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E194" s="8"/>
+        <v>15</v>
+      </c>
+      <c r="E194" s="8" t="s">
+        <v>15</v>
+      </c>
       <c r="F194" s="8"/>
       <c r="G194" s="8"/>
       <c r="H194" s="8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I194" s="9"/>
     </row>
     <row r="195" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A195" s="18" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="B195" s="8" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C195" s="8"/>
-      <c r="D195" s="8"/>
+      <c r="D195" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="E195" s="8"/>
       <c r="F195" s="8"/>
       <c r="G195" s="8"/>
       <c r="H195" s="8" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="I195" s="9"/>
     </row>
     <row r="196" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A196" s="18" t="s">
-        <v>176</v>
+        <v>194</v>
       </c>
       <c r="B196" s="8" t="s">
-        <v>13</v>
-[...16 lines deleted...]
-      <c r="H196" s="8"/>
+        <v>35</v>
+      </c>
+      <c r="C196" s="8"/>
+      <c r="D196" s="8"/>
+      <c r="E196" s="8"/>
+      <c r="F196" s="8"/>
+      <c r="G196" s="8"/>
+      <c r="H196" s="8" t="s">
+        <v>35</v>
+      </c>
       <c r="I196" s="9"/>
     </row>
     <row r="197" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A197" s="18" t="s">
-        <v>177</v>
-[...9 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="B197" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C197" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D197" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G197" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H197" s="8"/>
       <c r="I197" s="9"/>
     </row>
     <row r="198" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A198" s="18" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B198" s="8"/>
       <c r="C198" s="8"/>
       <c r="D198" s="8"/>
       <c r="E198" s="8"/>
       <c r="F198" s="8"/>
       <c r="G198" s="8"/>
       <c r="H198" s="8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I198" s="9"/>
     </row>
     <row r="199" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A199" s="18" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="B199" s="8"/>
       <c r="C199" s="8"/>
-      <c r="D199" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D199" s="8"/>
       <c r="E199" s="8"/>
       <c r="F199" s="8"/>
       <c r="G199" s="8"/>
       <c r="H199" s="8" t="s">
         <v>11</v>
       </c>
       <c r="I199" s="9"/>
     </row>
     <row r="200" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A200" s="18" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="B200" s="8"/>
+        <v>179</v>
+      </c>
+      <c r="B200" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="C200" s="8"/>
-      <c r="D200" s="8"/>
+      <c r="D200" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="E200" s="8"/>
-      <c r="F200" s="8" t="s">
-[...5 lines deleted...]
-      <c r="H200" s="8"/>
+      <c r="F200" s="8"/>
+      <c r="G200" s="8"/>
+      <c r="H200" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="I200" s="9"/>
     </row>
     <row r="201" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="18" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B201" s="8"/>
       <c r="C201" s="8"/>
       <c r="D201" s="8"/>
       <c r="E201" s="8"/>
       <c r="F201" s="8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G201" s="8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H201" s="8"/>
       <c r="I201" s="9"/>
     </row>
     <row r="202" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A202" s="18" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B202" s="8"/>
       <c r="C202" s="8"/>
       <c r="D202" s="8"/>
       <c r="E202" s="8"/>
       <c r="F202" s="8" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G202" s="8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H202" s="8"/>
       <c r="I202" s="9"/>
     </row>
     <row r="203" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A203" s="18" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="B203" s="8"/>
       <c r="C203" s="8"/>
-      <c r="D203" s="8" t="s">
+      <c r="D203" s="8"/>
+      <c r="E203" s="8"/>
+      <c r="F203" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="E203" s="8" t="s">
-[...3 lines deleted...]
-      <c r="G203" s="8"/>
+      <c r="G203" s="8" t="s">
+        <v>15</v>
+      </c>
       <c r="H203" s="8"/>
       <c r="I203" s="9"/>
     </row>
     <row r="204" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A204" s="18" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="B204" s="8"/>
+        <v>183</v>
+      </c>
+      <c r="B204" s="8" t="s">
+        <v>13</v>
+      </c>
       <c r="C204" s="8"/>
-      <c r="D204" s="8"/>
-[...1 lines deleted...]
-      <c r="F204" s="8" t="s">
+      <c r="D204" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="G204" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H204" s="8" t="s">
+      <c r="E204" s="8" t="s">
         <v>21</v>
       </c>
+      <c r="F204" s="8"/>
+      <c r="G204" s="8"/>
+      <c r="H204" s="8"/>
       <c r="I204" s="9"/>
     </row>
     <row r="205" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A205" s="18" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B205" s="8"/>
       <c r="C205" s="8"/>
       <c r="D205" s="8"/>
       <c r="E205" s="8"/>
       <c r="F205" s="8" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G205" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H205" s="8" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="I205" s="9"/>
     </row>
     <row r="206" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A206" s="18" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B206" s="8"/>
       <c r="C206" s="8"/>
       <c r="D206" s="8"/>
       <c r="E206" s="8"/>
       <c r="F206" s="8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G206" s="8" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H206" s="8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I206" s="9"/>
     </row>
     <row r="207" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A207" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="B207" s="8"/>
+      <c r="C207" s="8"/>
+      <c r="D207" s="8"/>
+      <c r="E207" s="8"/>
+      <c r="F207" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G207" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H207" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I207" s="9"/>
+    </row>
+    <row r="208" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="18" t="s">
         <v>187</v>
       </c>
-      <c r="B207" s="13"/>
-[...12 lines deleted...]
-      <c r="I207" s="14"/>
+      <c r="B208" s="13"/>
+      <c r="C208" s="13"/>
+      <c r="D208" s="13"/>
+      <c r="E208" s="13"/>
+      <c r="F208" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H208" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="I208" s="14"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:I207">
-    <sortCondition ref="A7:A207"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:I208">
+    <sortCondition ref="A7:A208"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="3" scale="83" fitToHeight="4" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...15 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D5ED0AAF5DF268479CE3442AEB46CCBB" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ca86186991f501e5b5d3af672e289e3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="7b0d7e73-53c3-49f5-853f-2cb02a030650" xmlns:ns4="ca7bfdcf-1463-48ab-aff7-245b8ac76c12" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030333826489383f2d28905da446bdf0" ns3:_="" ns4:_="">
     <xsd:import namespace="7b0d7e73-53c3-49f5-853f-2cb02a030650"/>
     <xsd:import namespace="ca7bfdcf-1463-48ab-aff7-245b8ac76c12"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
@@ -5966,90 +5975,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="ca7bfdcf-1463-48ab-aff7-245b8ac76c12" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9595470F-11CF-45BB-A09E-A2E5031DE9F6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29FD6032-51D4-4838-8EFB-4D73BB288850}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7b0d7e73-53c3-49f5-853f-2cb02a030650"/>
+    <ds:schemaRef ds:uri="ca7bfdcf-1463-48ab-aff7-245b8ac76c12"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1531489A-6C7A-4718-BE3A-BA5438049FB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="ca7bfdcf-1463-48ab-aff7-245b8ac76c12"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="7b0d7e73-53c3-49f5-853f-2cb02a030650"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29FD6032-51D4-4838-8EFB-4D73BB288850}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9595470F-11CF-45BB-A09E-A2E5031DE9F6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025 Cleaning Schedule</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>